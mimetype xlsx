--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -132,50 +132,53 @@
     <t>Lorenzo Córdoba Marí</t>
   </si>
   <si>
     <t>Consejero</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>No Adscrito</t>
   </si>
   <si>
     <t>Esteve Portas Mayans</t>
   </si>
   <si>
     <t>&lt;div&gt;Nacido en Ibiza el 6 de marzo de 1986, es consejero a la oposición por el PSIB en Formentera. Su cargo no tiene dedicación exclusiva y solo recibe dietas.&lt;br&gt;&lt;br&gt;Es diplomado en Fisioterapia por la Universitat Autònoma de Barcelona y actualmente es director del centro FisioFormentera. También cuenta con experiencia en el ámbito político, vinculada a su actividad como consejero.&lt;/div&gt;</t>
   </si>
   <si>
     <t>PSIB-PSOE</t>
   </si>
   <si>
     <t>Rafael Ramírez Gutiérrez</t>
   </si>
   <si>
     <t>Portavoz Adjunto del Grupo</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;Rafael Ramírez (Marsella, 1969) es licenciado en Filosofía y Ciencias de la Educación por la Universidad de Salamanca, donde también cursó estudios de doctorado en el ámbito de la inadaptación infanto-juvenil. Cuenta con un máster en Asesoramiento y Orientación Familiar por la Universidad Pontificia de Salamanca y con un MBA orientado a la gestión pública y empresarial. Su formación combina una sólida base humanística con especialización en intervención social, orientación familiar y análisis de políticas públicas.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Ha desarrollado su trayectoria profesional en el ámbito social y educativo. En la Fundación Diagrama ocupó diversos cargos de responsabilidad, entre ellos director del Observatorio Internacional de Justicia Juvenil y director de programas y centros vinculados a la atención a menores en dificultad social. También ejerció como orientador y docente en iniciativas de apoyo familiar, prevención y formación en distintas administraciones locales, además de impartir docencia universitaria y participar en proyectos de investigación relacionados con la infancia y la juventud.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Entre 2005 y 2012 trabajó como asesor de gestión en el Ayuntamiento de Salamanca y, posteriormente, entre 2015 y 2019, como asesor en el Parlamento de las Illes Balears. Desde 2015 es conseller del Consell Insular de Formentera y formó parte del Senado durante la legislatura 2019-2023 en representación de Eivissa y Formentera.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;A lo largo de su carrera ha mantenido una participación activa en entidades sociales, organizaciones del tercer sector y proyectos de cooperación internacional, con intervenciones en países de Latinoamérica y en distintos órganos consultivos vinculados a la protección de la infancia. Su trayectoria refleja un compromiso sostenido con la mejora de los servicios públicos, la atención a las personas y el fortalecimiento de las políticas sociales.&lt;br&gt;&lt;br&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>Ana Juan Torres</t>
   </si>
   <si>
     <t>Portavoz del Grupo</t>
   </si>
   <si>
     <t>&lt;div&gt;Nació el 18 de febrero de 1971 en Formentera. Tiene formación en TCI (2025), es Técnico en Curas de Enfermería por la IOC de Barcelona (2013) y Técnico en Atención Sociosanitaria por la IES Marc Ferrer de Formentera (2011).&lt;br&gt;&lt;br&gt;En el ámbito profesional, ejerce como TCAE en el Hospital de Formentera desde octubre de 2023. Desde junio del mismo año es portavoz del grupo municipal socialista al Consejo Insular de Formentera. Anteriormente fue presidenta del Consejo Insular (2021-2023), vicepresidenta primera (2019-2021) y consejera del PSOE (2015-2019). El 2018 trabajó como TCAE tanto en el Hospital de Formentera como el Hospital Can Misas. Entre 1991 y 2018 gestionó y dirigir una empresa de alquiler de vehículos.&lt;br&gt;&lt;br&gt;En cuanto a otras responsabilidades, es miembro de la Ejecutiva de la AIF desde septiembre de 2025. Fue vicesecretaria general de la AIF del PSIB-PSOE entre 2021 y 2025, y secretaria de Organización entre 2008 y 2021. También forma parte de la Ejecutiva del PSIB-PSOE desde 2017, del Consejo Político del PSIB-PSOE desde 2013, y de la Ejecutiva de la Agrupación Insular de Formentera del PSIB-PSOE también desde 2013.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Adán Ferrer Ribas</t>
   </si>
   <si>
     <t>&lt;div&gt;Es técnico en Conducción de Actividades Físico-deportivas en el Medio natural, formación que refleja su vínculo con el deporte y el territorio.&lt;br&gt;Ha acumulado una amplia experiencia profesional en varios sectores y está comprometido con el deporte base de la isla, ha estado entrenador de fútbol en categorías formativas de la S.D. Formentera.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Gent x Formentera</t>
   </si>
   <si>
     <t>Josep Marí Mayans</t>
   </si>
   <si>
     <t>&lt;div&gt;Va el posgrado en asesoramiento financiero por la Universitat Pompeu Fabra en 2015.&lt;br&gt;Ha desarrollado su trayectoria profesional al sector financiero. Inició su carrera como empleado de La Caixa en Formentera entre 1982 y 1999, y posteriormente ocupó cargos de dirección a la misma entidad hasta el 2016. Después de esta etapa, emprendió su propia actividad como empresario.&lt;br&gt;Fue consejero de Infraestructuras, Sector Primario e interior del Consejo Insular de Formentera entre junio de 2019 y junio de 2023.&lt;/div&gt;</t>
   </si>
@@ -710,51 +713,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="1368" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="2293" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="76" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
@@ -908,587 +911,590 @@
     <row r="4" spans="1:30">
       <c r="A4" s="1">
         <v>1237</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4">
         <v>249</v>
       </c>
       <c r="P4">
         <v>200</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4">
         <v>120</v>
       </c>
+      <c r="S4" t="s">
+        <v>40</v>
+      </c>
       <c r="W4">
         <v>15</v>
       </c>
       <c r="AD4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" s="1">
         <v>1236</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E5">
         <v>249</v>
       </c>
       <c r="P5">
         <v>200</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5">
         <v>120</v>
       </c>
       <c r="S5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="W5">
         <v>14</v>
       </c>
       <c r="AD5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" s="1">
         <v>1235</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6">
         <v>248</v>
       </c>
       <c r="P6">
         <v>200</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6">
         <v>120</v>
       </c>
       <c r="S6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W6">
         <v>13</v>
       </c>
       <c r="AD6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="1">
         <v>1234</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7">
         <v>248</v>
       </c>
       <c r="O7">
         <v>200</v>
       </c>
       <c r="P7" t="s">
         <v>33</v>
       </c>
       <c r="Q7">
         <v>120</v>
       </c>
       <c r="S7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="W7">
         <v>12</v>
       </c>
       <c r="AD7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="1">
         <v>1233</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E8">
         <v>248</v>
       </c>
       <c r="P8">
         <v>200</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
       <c r="R8">
         <v>120</v>
       </c>
       <c r="S8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W8">
         <v>11</v>
       </c>
       <c r="AD8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="1">
         <v>1232</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
         <v>248</v>
       </c>
       <c r="P9">
         <v>200</v>
       </c>
       <c r="Q9" t="s">
         <v>33</v>
       </c>
       <c r="R9">
         <v>120</v>
       </c>
       <c r="S9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W9">
         <v>10</v>
       </c>
       <c r="AD9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="1">
         <v>1231</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E10">
         <v>248</v>
       </c>
       <c r="N10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="S10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="W10">
         <v>9</v>
       </c>
       <c r="AD10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="1">
         <v>1230</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E11">
         <v>247</v>
       </c>
       <c r="N11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="S11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="V11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="W11">
         <v>8</v>
       </c>
       <c r="Z11">
         <v>1</v>
       </c>
       <c r="AD11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="1">
         <v>1227</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E12">
         <v>247</v>
       </c>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="S12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="V12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="W12">
         <v>7</v>
       </c>
       <c r="Z12">
         <v>1</v>
       </c>
       <c r="AD12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="1">
         <v>1228</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E13">
         <v>247</v>
       </c>
       <c r="M13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="S13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="V13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="W13">
         <v>6</v>
       </c>
       <c r="Z13">
         <v>1</v>
       </c>
       <c r="AD13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="1">
         <v>1229</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14">
         <v>247</v>
       </c>
       <c r="M14" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="V14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="W14">
         <v>5</v>
       </c>
       <c r="Z14">
         <v>1</v>
       </c>
       <c r="AD14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:30">
       <c r="A15" s="1">
         <v>1226</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>247</v>
       </c>
       <c r="M15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>1</v>
       </c>
       <c r="AD15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" s="1">
         <v>1225</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E16">
         <v>247</v>
       </c>
       <c r="M16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="V16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>1</v>
       </c>
       <c r="AD16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" s="1">
         <v>1224</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E17">
         <v>247</v>
       </c>
       <c r="M17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="V17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="W17">
         <v>2</v>
       </c>
       <c r="Z17">
         <v>1</v>
       </c>
       <c r="AD17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" s="1">
         <v>1223</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E18">
         <v>247</v>
       </c>
       <c r="M18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N18" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="S18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="V18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="W18">
         <v>1</v>
       </c>
       <c r="Z18">
         <v>1</v>
       </c>
       <c r="AD18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">